--- v0 (2025-10-10)
+++ v1 (2025-12-02)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Employee List" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="457" uniqueCount="457">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="456" uniqueCount="456">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Industry</t>
   </si>
   <si>
     <t>A &amp; M Products, a subsidiary of The Clorox Co.</t>
   </si>
   <si>
     <t>Kitty litter mfg.</t>
   </si>
   <si>
     <t>Bioscience, Manufacturing</t>
   </si>
   <si>
     <t>Aaon, Inc.</t>
   </si>
   <si>
     <t>Environmental controls mfg.</t>
   </si>
   <si>
@@ -288,96 +288,102 @@
   <si>
     <t>Flight deck avionics, cabin electronics, communications and simulation products mfg.</t>
   </si>
   <si>
     <t>Manufacturing, Information Technology</t>
   </si>
   <si>
     <t>Continental Disc Corp.</t>
   </si>
   <si>
     <t>Rupture discs &amp; other safety relief products mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Coperion</t>
   </si>
   <si>
     <t>Industrial automation equipment mfg. (Divisional Hdq.)</t>
   </si>
   <si>
     <t>Corbion</t>
   </si>
   <si>
     <t>Commercial baking products mfg. (N.A. Hdq.)</t>
   </si>
   <si>
+    <t>Cornerstone Building Brands</t>
+  </si>
+  <si>
+    <t>Vinyl siding &amp; related products mfg. (Hdq.)</t>
+  </si>
+  <si>
     <t>Custom Foods, Inc.</t>
   </si>
   <si>
     <t>Frozen dough products processing and mfg.</t>
   </si>
   <si>
     <t>Custom Truck One Source</t>
   </si>
   <si>
     <t>Truck and equipment mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Daily's Premium Meats LLC</t>
   </si>
   <si>
     <t>Meat processing (Hdq.)</t>
   </si>
   <si>
     <t>Distribution, Headquarters, Manufacturing</t>
   </si>
   <si>
     <t>Dakota Bodies</t>
   </si>
   <si>
     <t>Custom truck body mfg.</t>
   </si>
   <si>
     <t>de Elliotte Co, Inc.</t>
   </si>
   <si>
     <t>Plastic packaging mfg.</t>
   </si>
   <si>
     <t>Deluxe Corp.</t>
   </si>
   <si>
     <t>Check printing customer service &amp; distribution</t>
   </si>
   <si>
     <t>Distribution, Contact Centers, Manufacturing</t>
   </si>
   <si>
     <t>DIT-MCO International</t>
   </si>
   <si>
-    <t>Electronic, optical, &amp; measuring devices mfg.</t>
+    <t>Electronic, optical, &amp; measuring devices mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Headquarters, Manufacturing, Information Technology</t>
   </si>
   <si>
     <t>Doherty Steel, Inc.</t>
   </si>
   <si>
     <t>Design, fabricate and erect structural steel</t>
   </si>
   <si>
     <t xml:space="preserve">Donaldson Co.,  Inc.</t>
   </si>
   <si>
     <t>Air cleaners mfg.</t>
   </si>
   <si>
     <t>E-Circuits</t>
   </si>
   <si>
     <t>Electronic components mfg.</t>
   </si>
   <si>
     <t>Elanco Animal Health</t>
   </si>
@@ -598,53 +604,50 @@
   <si>
     <t>Hershey Pretzels, Inc.</t>
   </si>
   <si>
     <t>Dot's Homestyle Pretzels food mfg.</t>
   </si>
   <si>
     <t>Hetrick Air Services</t>
   </si>
   <si>
     <t>Flight school and aircraft maintenance</t>
   </si>
   <si>
     <t>Hiland Dairy Foods</t>
   </si>
   <si>
     <t>Milk, ice cream and orange juice mfg.</t>
   </si>
   <si>
     <t>Hill's Pet Nutrition, Inc.</t>
   </si>
   <si>
     <t>Pet food mfg. (Hdq.)</t>
   </si>
   <si>
-    <t>Bioscience, Distribution, Contact Centers, Headquarters, Manufacturing</t>
-[...1 lines deleted...]
-  <si>
     <t>HiPower Systems</t>
   </si>
   <si>
     <t>Generator mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Hisonic</t>
   </si>
   <si>
     <t>Avionics custom transformers and inductors mfg.</t>
   </si>
   <si>
     <t>Honeywell Aerospace Electronic Systems</t>
   </si>
   <si>
     <t>Aircraft comm. &amp; nav. equip. mfg.</t>
   </si>
   <si>
     <t>HP Pelzer Automotive Systems</t>
   </si>
   <si>
     <t>Molded urethane foam backed automotive floor carpets mfg.</t>
   </si>
   <si>
     <t>Huhtamaki North America</t>
@@ -802,51 +805,51 @@
   <si>
     <t>Pet food R&amp;D and pet snacks mfg.</t>
   </si>
   <si>
     <t>Mars Wrigley</t>
   </si>
   <si>
     <t>Chocolate candy mfg.</t>
   </si>
   <si>
     <t>Martinrea Riverside LLC</t>
   </si>
   <si>
     <t>Automotive engine and rear suspension cradles mfg.</t>
   </si>
   <si>
     <t>Marvin Cos.</t>
   </si>
   <si>
     <t>Residential window and door mfg.</t>
   </si>
   <si>
     <t>Master's Transportation</t>
   </si>
   <si>
-    <t>Van, bus and shuttle mfg.</t>
+    <t>Van, bus and shuttle mfg. (Hdq.)</t>
   </si>
   <si>
     <t>May Technology &amp; Mfg., Inc.</t>
   </si>
   <si>
     <t>High-tech aerospace parts mfg.</t>
   </si>
   <si>
     <t>McCormick Distilling Company</t>
   </si>
   <si>
     <t>Distilled liquors bottling and distribution (Hdq.)</t>
   </si>
   <si>
     <t>McFarlane Aviation</t>
   </si>
   <si>
     <t>FAA-PMA aviation components mfg.</t>
   </si>
   <si>
     <t>Merck Animal Health</t>
   </si>
   <si>
     <t>Animal pharmaceutical mfg.</t>
   </si>
@@ -1016,56 +1019,50 @@
     <t>Performance Roof Systems</t>
   </si>
   <si>
     <t>Commercial roofing mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Peterson Manufacturing Co.</t>
   </si>
   <si>
     <t>Vehicle safety lighting and wiring harness mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Pioneer Container Corp.</t>
   </si>
   <si>
     <t>Paper bag mfg.</t>
   </si>
   <si>
     <t>Piston Automotive</t>
   </si>
   <si>
     <t>Pivot International</t>
   </si>
   <si>
     <t>Electrical mfg. assemblies (Hdq.)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vinyl siding &amp; related products mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Polynt Composites</t>
   </si>
   <si>
     <t>Chemical mfg.</t>
   </si>
   <si>
     <t>Polytainers Inc.</t>
   </si>
   <si>
     <t>Plastic containers mfg.</t>
   </si>
   <si>
     <t>Post Holdings (Previously J.M. Smucker Co.)</t>
   </si>
   <si>
     <t>Pet food mfg.</t>
   </si>
   <si>
     <t>PPC Flexible Packaging</t>
   </si>
   <si>
     <t xml:space="preserve">Flexible packaging mfg. </t>
   </si>
@@ -1199,51 +1196,51 @@
   <si>
     <t>Smith &amp; Loveless, Inc.</t>
   </si>
   <si>
     <t>Water &amp; waste water treatment &amp; transfer equip. mfg.</t>
   </si>
   <si>
     <t>Smithfield Foods, Inc.</t>
   </si>
   <si>
     <t>Meat products mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Sausage products mfg.</t>
   </si>
   <si>
     <t>SOR, Inc.</t>
   </si>
   <si>
     <t>Mechanical and electronic devices mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Sosland Publishing Company</t>
   </si>
   <si>
-    <t>Trade publishing</t>
+    <t>Trade publishing (Hdq.)</t>
   </si>
   <si>
     <t>SPX Cooling Technologies</t>
   </si>
   <si>
     <t>HVAC equipment mfg. (Hdq.)</t>
   </si>
   <si>
     <t>Stahl Specialty Company</t>
   </si>
   <si>
     <t>Aluminum castings mfg. for several industries including automotive (Division Hdq.)</t>
   </si>
   <si>
     <t>Standard Aero</t>
   </si>
   <si>
     <t>Independent maintenance, repair and overhaul (MRO) provider for commercial and military aviation</t>
   </si>
   <si>
     <t>Stouse, Inc.</t>
   </si>
   <si>
     <t>Commercial advertising signs mfg.</t>
   </si>
@@ -1933,172 +1930,172 @@
         <v>91</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>96</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>97</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B47" s="0" t="s">
+      <c r="C47" s="0" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>107</v>
+        <v>8</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B50" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B50" s="0" t="s">
+      <c r="C50" s="0" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B51" s="0" t="s">
+      <c r="C51" s="0" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="58">
@@ -2109,1825 +2106,1825 @@
         <v>126</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>151</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B71" s="0" t="s">
+      <c r="C71" s="0" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>162</v>
+        <v>144</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>38</v>
+        <v>102</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>188</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>190</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>197</v>
+        <v>8</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B94" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B94" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C94" s="0" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B95" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B95" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C95" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="B96" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B96" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C96" s="0" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B97" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="B97" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C97" s="0" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>205</v>
+      </c>
+      <c r="B98" s="0" t="s">
         <v>206</v>
       </c>
-      <c r="B98" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C98" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="B99" s="0" t="s">
         <v>208</v>
       </c>
-      <c r="B99" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C99" s="0" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="B100" s="0" t="s">
         <v>210</v>
       </c>
-      <c r="B100" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C100" s="0" t="s">
-        <v>5</v>
+        <v>29</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B101" s="0" t="s">
         <v>212</v>
       </c>
-      <c r="B101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C101" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>214</v>
       </c>
-      <c r="B102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102" s="0" t="s">
-        <v>110</v>
+        <v>8</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>216</v>
       </c>
-      <c r="B103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="0" t="s">
-        <v>8</v>
+        <v>112</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>223</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>224</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="0" t="s">
-        <v>226</v>
+        <v>8</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
+        <v>225</v>
+      </c>
+      <c r="B108" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="C108" s="0" t="s">
         <v>227</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
+        <v>228</v>
+      </c>
+      <c r="B109" s="0" t="s">
         <v>229</v>
       </c>
-      <c r="B109" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" s="0" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>230</v>
+      </c>
+      <c r="B110" s="0" t="s">
         <v>231</v>
       </c>
-      <c r="B110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="0" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>233</v>
       </c>
-      <c r="B111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="B112" s="0" t="s">
         <v>235</v>
       </c>
-      <c r="B112" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C112" s="0" t="s">
-        <v>87</v>
+        <v>5</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>237</v>
       </c>
-      <c r="B113" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C113" s="0" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>239</v>
       </c>
-      <c r="B114" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114" s="0" t="s">
-        <v>29</v>
+        <v>8</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
+        <v>240</v>
+      </c>
+      <c r="B115" s="0" t="s">
         <v>241</v>
       </c>
-      <c r="B115" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C115" s="0" t="s">
-        <v>243</v>
+        <v>29</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="C116" s="0" t="s">
         <v>244</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="B117" s="0" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>248</v>
       </c>
-      <c r="B118" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="B119" s="0" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B120" s="0" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="B121" s="0" t="s">
         <v>254</v>
       </c>
-      <c r="B121" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="B122" s="0" t="s">
         <v>256</v>
       </c>
-      <c r="B122" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C122" s="0" t="s">
-        <v>5</v>
+        <v>38</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
+        <v>257</v>
+      </c>
+      <c r="B123" s="0" t="s">
         <v>258</v>
       </c>
-      <c r="B123" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C123" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B124" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>261</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>264</v>
       </c>
-      <c r="B126" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C126" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
+        <v>265</v>
+      </c>
+      <c r="B127" s="0" t="s">
         <v>266</v>
       </c>
-      <c r="B127" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C127" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="B128" s="0" t="s">
         <v>268</v>
       </c>
-      <c r="B128" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C128" s="0" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>270</v>
       </c>
-      <c r="B129" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="0" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B130" s="0" t="s">
         <v>272</v>
       </c>
-      <c r="B130" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C130" s="0" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="B131" s="0" t="s">
         <v>274</v>
       </c>
-      <c r="B131" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="B132" s="0" t="s">
         <v>276</v>
       </c>
-      <c r="B132" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
+        <v>277</v>
+      </c>
+      <c r="B133" s="0" t="s">
         <v>278</v>
       </c>
-      <c r="B133" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C133" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>280</v>
       </c>
-      <c r="B134" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C134" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>281</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>282</v>
       </c>
-      <c r="B135" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" s="0" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
+        <v>283</v>
+      </c>
+      <c r="B136" s="0" t="s">
         <v>284</v>
       </c>
-      <c r="B136" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C136" s="0" t="s">
-        <v>110</v>
+        <v>38</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B137" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="B137" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C137" s="0" t="s">
-        <v>5</v>
+        <v>112</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B138" s="0" t="s">
         <v>288</v>
       </c>
-      <c r="B138" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138" s="0" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B139" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="B140" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C140" s="0" t="s">
-        <v>294</v>
+        <v>8</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="B141" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="C141" s="0" t="s">
         <v>295</v>
-      </c>
-[...4 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B142" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B142" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C142" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
+        <v>298</v>
+      </c>
+      <c r="B143" s="0" t="s">
         <v>299</v>
       </c>
-      <c r="B143" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C143" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="B144" s="0" t="s">
         <v>301</v>
       </c>
-      <c r="B144" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C144" s="0" t="s">
-        <v>5</v>
+        <v>102</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
+        <v>302</v>
+      </c>
+      <c r="B145" s="0" t="s">
         <v>303</v>
       </c>
-      <c r="B145" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C145" s="0" t="s">
-        <v>38</v>
+        <v>5</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
+        <v>304</v>
+      </c>
+      <c r="B146" s="0" t="s">
         <v>305</v>
       </c>
-      <c r="B146" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C146" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="B147" s="0" t="s">
         <v>307</v>
       </c>
-      <c r="B147" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="0" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>309</v>
       </c>
-      <c r="B148" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C148" s="0" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
         <v>310</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>311</v>
+        <v>7</v>
       </c>
       <c r="C149" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="C150" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>314</v>
       </c>
-      <c r="B151" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
+        <v>315</v>
+      </c>
+      <c r="B152" s="0" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>318</v>
       </c>
-      <c r="B153" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C153" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>319</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>320</v>
       </c>
-      <c r="B154" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="0" t="s">
-        <v>322</v>
+        <v>8</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>321</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>322</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>323</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="B156" s="0" t="s">
         <v>325</v>
       </c>
-      <c r="B156" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C156" s="0" t="s">
-        <v>87</v>
+        <v>8</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>326</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>327</v>
       </c>
-      <c r="B157" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="0" t="s">
-        <v>8</v>
+        <v>87</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
         <v>328</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>329</v>
+        <v>218</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>329</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>331</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>332</v>
       </c>
-      <c r="B160" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="0" t="s">
-        <v>8</v>
+        <v>38</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
+        <v>333</v>
+      </c>
+      <c r="B161" s="0" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
         <v>335</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>336</v>
+        <v>77</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
+        <v>336</v>
+      </c>
+      <c r="B163" s="0" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
+        <v>338</v>
+      </c>
+      <c r="B164" s="0" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="B165" s="0" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="B166" s="0" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
+        <v>344</v>
+      </c>
+      <c r="B167" s="0" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>346</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="C169" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
+        <v>349</v>
+      </c>
+      <c r="B170" s="0" t="s">
         <v>350</v>
-      </c>
-[...1 lines deleted...]
-        <v>351</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
+        <v>351</v>
+      </c>
+      <c r="B171" s="0" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="B172" s="0" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
+        <v>355</v>
+      </c>
+      <c r="B173" s="0" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
+        <v>357</v>
+      </c>
+      <c r="B174" s="0" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>359</v>
+      </c>
+      <c r="B175" s="0" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C176" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B177" s="0" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B179" s="0" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>370</v>
       </c>
       <c r="C180" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>372</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="B182" s="0" t="s">
         <v>373</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B183" s="0" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B184" s="0" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="B185" s="0" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
+        <v>380</v>
+      </c>
+      <c r="B186" s="0" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
+        <v>382</v>
+      </c>
+      <c r="B187" s="0" t="s">
         <v>383</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>384</v>
+      </c>
+      <c r="B188" s="0" t="s">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="C188" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
+        <v>386</v>
+      </c>
+      <c r="B189" s="0" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>388</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="B190" s="0" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>390</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
+        <v>390</v>
+      </c>
+      <c r="B191" s="0" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>391</v>
+        <v>390</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="B193" s="0" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
+        <v>395</v>
+      </c>
+      <c r="B194" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B195" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B196" s="0" t="s">
         <v>400</v>
-      </c>
-[...1 lines deleted...]
-        <v>401</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
+        <v>401</v>
+      </c>
+      <c r="B197" s="0" t="s">
         <v>402</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>403</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
       <c r="C199" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="B200" s="0" t="s">
         <v>408</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="B201" s="0" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="B202" s="0" t="s">
         <v>412</v>
       </c>
-      <c r="B202" s="0" t="s">
+      <c r="C202" s="0" t="s">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
+        <v>414</v>
+      </c>
+      <c r="B203" s="0" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
+        <v>416</v>
+      </c>
+      <c r="B204" s="0" t="s">
         <v>417</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="B205" s="0" t="s">
         <v>419</v>
       </c>
-      <c r="B205" s="0" t="s">
+      <c r="C205" s="0" t="s">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="B206" s="0" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
+        <v>423</v>
+      </c>
+      <c r="B207" s="0" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="B208" s="0" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
+        <v>427</v>
+      </c>
+      <c r="B209" s="0" t="s">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
+        <v>429</v>
+      </c>
+      <c r="B210" s="0" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>431</v>
+      </c>
+      <c r="B211" s="0" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
+        <v>433</v>
+      </c>
+      <c r="B212" s="0" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="B213" s="0" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="B214" s="0" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>439</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
+        <v>439</v>
+      </c>
+      <c r="B215" s="0" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B216" s="0" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
+        <v>443</v>
+      </c>
+      <c r="B217" s="0" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
+        <v>445</v>
+      </c>
+      <c r="B218" s="0" t="s">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B220" s="0" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>452</v>
+        <v>451</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>452</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>454</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="B223" s="0" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>8</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>